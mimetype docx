--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -1,136 +1,136 @@
 
 <file path=META-INF/manifest.xml><?xml version="1.0" encoding="utf-8"?>
 <manifest:manifest xmlns:manifest="urn:oasis:names:tc:opendocument:xmlns:manifest:1.0">
   <manifest:file-entry manifest:full-path="/" manifest:media-type="application/vnd.oasis.opendocument.text"/>
   <manifest:file-entry manifest:full-path="content.xml" manifest:media-type="text/xml"/>
   <manifest:file-entry manifest:full-path="styles.xml" manifest:media-type="text/xml"/>
   <manifest:file-entry manifest:full-path="settings.xml" manifest:media-type="text/xml"/>
   <manifest:file-entry manifest:full-path="meta.xml" manifest:media-type="text/xml"/>
 </manifest:manifest>
 </file>
 
 <file path=content.xml><?xml version="1.0" encoding="utf-8"?>
-<office:document-content xmlns:anim="urn:oasis:names:tc:opendocument:xmlns:animation:1.0" xmlns:chart="urn:oasis:names:tc:opendocument:xmlns:chart:1.0" xmlns:config="urn:oasis:names:tc:opendocument:xmlns:config:1.0" xmlns:db="urn:oasis:names:tc:opendocument:xmlns:database:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dr3d="urn:oasis:names:tc:opendocument:xmlns:dr3d:1.0" xmlns:draw="urn:oasis:names:tc:opendocument:xmlns:drawing:1.0" xmlns:fo="urn:oasis:names:tc:opendocument:xmlns:xsl-fo-compatible:1.0" xmlns:form="urn:oasis:names:tc:opendocument:xmlns:form:1.0" xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:math="http://www.w3.org/1998/Math/MathML" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:number="urn:oasis:names:tc:opendocument:xmlns:datastyle:1.0" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" xmlns:presentation="urn:oasis:names:tc:opendocument:xmlns:presentation:1.0" xmlns:script="urn:oasis:names:tc:opendocument:xmlns:script:1.0" xmlns:smil="urn:oasis:names:tc:opendocument:xmlns:smil-compatible:1.0" xmlns:style="urn:oasis:names:tc:opendocument:xmlns:style:1.0" xmlns:svg="urn:oasis:names:tc:opendocument:xmlns:svg-compatible:1.0" xmlns:table="urn:oasis:names:tc:opendocument:xmlns:table:1.0" xmlns:text="urn:oasis:names:tc:opendocument:xmlns:text:1.0" xmlns:xforms="http://www.w3.org/2002/xforms" xmlns:xhtml="http://www.w3.org/1999/xhtml" xmlns:xlink="http://www.w3.org/1999/xlink" office:version="1.4">
+<office:document-content xmlns:anim="urn:oasis:names:tc:opendocument:xmlns:animation:1.0" xmlns:chart="urn:oasis:names:tc:opendocument:xmlns:chart:1.0" xmlns:config="urn:oasis:names:tc:opendocument:xmlns:config:1.0" xmlns:db="urn:oasis:names:tc:opendocument:xmlns:database:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dr3d="urn:oasis:names:tc:opendocument:xmlns:dr3d:1.0" xmlns:draw="urn:oasis:names:tc:opendocument:xmlns:drawing:1.0" xmlns:fo="urn:oasis:names:tc:opendocument:xmlns:xsl-fo-compatible:1.0" xmlns:form="urn:oasis:names:tc:opendocument:xmlns:form:1.0" xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:math="http://www.w3.org/1998/Math/MathML" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:number="urn:oasis:names:tc:opendocument:xmlns:datastyle:1.0" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" xmlns:presentation="urn:oasis:names:tc:opendocument:xmlns:presentation:1.0" xmlns:script="urn:oasis:names:tc:opendocument:xmlns:script:1.0" xmlns:smil="urn:oasis:names:tc:opendocument:xmlns:smil-compatible:1.0" xmlns:style="urn:oasis:names:tc:opendocument:xmlns:style:1.0" xmlns:svg="urn:oasis:names:tc:opendocument:xmlns:svg-compatible:1.0" xmlns:table="urn:oasis:names:tc:opendocument:xmlns:table:1.0" xmlns:text="urn:oasis:names:tc:opendocument:xmlns:text:1.0" xmlns:xforms="http://www.w3.org/2002/xforms" xmlns:xhtml="http://www.w3.org/1999/xhtml" xmlns:xlink="http://www.w3.org/1999/xlink" office:version="1.2">
   <office:font-face-decls>
     <style:font-face style:name="Times New Roman" svg:font-family="Times New Roman" style:font-family-generic="roman" style:font-pitch="variable" svg:panose-1="2 2 6 3 5 4 5 2 3 4"/>
     <style:font-face style:name="新細明體" svg:font-family="新細明體" style:font-family-generic="roman" style:font-pitch="variable" svg:panose-1="2 2 5 0 0 0 0 0 0 0"/>
     <style:font-face style:name="標楷體" svg:font-family="標楷體" style:font-family-generic="script" style:font-pitch="fixed" svg:panose-1="3 0 5 9 0 0 0 0 0 0"/>
     <style:font-face style:name="Wingdings" style:font-charset="x-symbol" svg:font-family="Wingdings" style:font-family-generic="system" style:font-pitch="variable" svg:panose-1="5 0 0 0 0 0 0 0 0 0"/>
-    <style:font-face style:name="Aptos Display" svg:font-family="Aptos Display" style:font-family-generic="swiss" style:font-pitch="variable"/>
-    <style:font-face style:name="Aptos" svg:font-family="Aptos" style:font-family-generic="swiss" style:font-pitch="variable"/>
+    <style:font-face style:name="Calibri Light" svg:font-family="Calibri Light" style:font-family-generic="swiss" style:font-pitch="variable" svg:panose-1="2 15 3 2 2 2 4 3 2 4"/>
+    <style:font-face style:name="Calibri" svg:font-family="Calibri" style:font-family-generic="swiss" style:font-pitch="variable" svg:panose-1="2 15 5 2 2 2 4 3 2 4"/>
   </office:font-face-decls>
   <office:automatic-styles>
     <text:list-style style:name="LFO1">
-      <text:list-level-style-number text:level="1" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="1" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="0in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="2" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="2" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="0.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="3" text:style-name="WW_CharLFO1LVL3" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="3" text:style-name="WW_CharLFO1LVL3" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="0.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="4" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="4" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="1in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="5" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="5" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="1.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="6" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="i">
+      <text:list-level-style-number text:level="6" style:num-suffix="." style:num-format="i">
         <style:list-level-properties fo:text-align="end" text:space-before="1.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="7" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="7" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="2in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="8" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="8" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="2.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="9" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="i">
+      <text:list-level-style-number text:level="9" style:num-suffix="." style:num-format="i">
         <style:list-level-properties fo:text-align="end" text:space-before="2.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="3in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
     </text:list-style>
     <text:list-style style:name="LFO2">
-      <text:list-level-style-number text:level="1" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="1" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="0in" text:min-label-width="0.1576in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.1576in" fo:text-indent="-0.1576in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="2" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="2" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="0.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="3" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="i">
+      <text:list-level-style-number text:level="3" style:num-suffix="." style:num-format="i">
         <style:list-level-properties fo:text-align="end" text:space-before="0.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="4" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="4" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="1in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="5" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="5" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="1.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="6" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="i">
+      <text:list-level-style-number text:level="6" style:num-suffix="." style:num-format="i">
         <style:list-level-properties fo:text-align="end" text:space-before="1.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="7" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="7" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="2in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="8" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="8" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="2.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="9" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="i">
+      <text:list-level-style-number text:level="9" style:num-suffix="." style:num-format="i">
         <style:list-level-properties fo:text-align="end" text:space-before="2.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="3in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
     </text:list-style>
     <text:list-style style:name="LFO3">
       <text:list-level-style-bullet text:level="1" text:style-name="WW_CharLFO3LVL1" text:bullet-char="">
         <style:list-level-properties text:space-before="0in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
         <style:text-properties style:font-name="Wingdings"/>
       </text:list-level-style-bullet>
       <text:list-level-style-bullet text:level="2" text:style-name="WW_CharLFO3LVL2" text:bullet-char="">
         <style:list-level-properties text:space-before="0.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
         <style:text-properties style:font-name="Wingdings"/>
       </text:list-level-style-bullet>
       <text:list-level-style-bullet text:level="3" text:style-name="WW_CharLFO3LVL3" text:bullet-char="">
         <style:list-level-properties text:space-before="0.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
         <style:text-properties style:font-name="Wingdings"/>
       </text:list-level-style-bullet>
       <text:list-level-style-bullet text:level="4" text:style-name="WW_CharLFO3LVL4" text:bullet-char="">
@@ -349,51 +349,51 @@
     <style:style style:name="T49" style:parent-style-name="預設段落字型" style:family="text">
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold"/>
     </style:style>
     <style:style style:name="T50" style:parent-style-name="預設段落字型" style:family="text">
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold"/>
     </style:style>
     <style:style style:name="P51" style:parent-style-name="Textbody" style:list-style-name="LFO2" style:family="paragraph">
       <style:paragraph-properties style:snap-to-layout-grid="false" fo:text-align="justify"/>
     </style:style>
     <style:style style:name="P52" style:parent-style-name="Textbody" style:list-style-name="LFO2" style:family="paragraph">
       <style:paragraph-properties style:snap-to-layout-grid="false" fo:text-align="justify"/>
     </style:style>
     <style:style style:name="P53" style:parent-style-name="新一" style:family="paragraph">
       <style:paragraph-properties fo:margin-top="0.125in" fo:line-height="100%" fo:margin-left="0in" fo:margin-right="0.8888in" fo:text-indent="0in">
         <style:tab-stops/>
       </style:paragraph-properties>
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" fo:font-size="16pt" style:font-size-asian="16pt" style:font-size-complex="16pt"/>
     </style:style>
     <style:style style:name="TableColumn55" style:family="table-column">
       <style:table-column-properties style:column-width="7.125in" style:use-optimal-column-width="false"/>
     </style:style>
     <style:style style:name="Table54" style:family="table">
       <style:table-properties style:width="7.125in" fo:margin-left="0in" table:align="center"/>
     </style:style>
     <style:style style:name="TableRow56" style:family="table-row">
-      <style:table-row-properties style:min-row-height="7.7069in" style:use-optimal-row-height="false" fo:keep-together="always"/>
+      <style:table-row-properties style:min-row-height="8.9402in" style:use-optimal-row-height="false" fo:keep-together="always"/>
     </style:style>
     <style:style style:name="TableCell57" style:family="table-cell">
       <style:table-cell-properties fo:border="0.0625in double #000000" style:border-line-width="0.0208in 0.0208in 0.0208in" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.0194in" fo:padding-bottom="0in" fo:padding-right="0.0194in"/>
     </style:style>
     <style:style style:name="P58" style:parent-style-name="Textbody" style:family="paragraph">
       <style:paragraph-properties fo:text-align="justify" fo:margin-left="0.3333in">
         <style:tab-stops/>
       </style:paragraph-properties>
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="16pt" style:font-size-asian="16pt" style:font-size-complex="16pt"/>
     </style:style>
     <style:style style:name="P59" style:parent-style-name="Textbody" style:list-style-name="LFO3" style:family="paragraph">
       <style:paragraph-properties fo:text-align="justify"/>
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="16pt" style:font-size-asian="16pt" style:font-size-complex="16pt"/>
     </style:style>
     <style:style style:name="TableColumn61" style:family="table-column">
       <style:table-column-properties style:column-width="1.4673in"/>
     </style:style>
     <style:style style:name="TableColumn62" style:family="table-column">
       <style:table-column-properties style:column-width="2.8791in"/>
     </style:style>
     <style:style style:name="TableColumn63" style:family="table-column">
       <style:table-column-properties style:column-width="2.1736in"/>
     </style:style>
     <style:style style:name="Table60" style:family="table">
       <style:table-properties style:width="6.5201in" fo:margin-left="0.3333in" table:align="left"/>
@@ -766,213 +766,426 @@
     </style:style>
     <style:style style:name="T166" style:parent-style-name="預設段落字型" style:family="text">
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="14pt" style:font-size-asian="14pt" style:font-size-complex="14pt"/>
     </style:style>
     <style:style style:name="T167" style:parent-style-name="預設段落字型" style:family="text">
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="14pt" style:font-size-asian="14pt" style:font-size-complex="14pt"/>
     </style:style>
     <style:style style:name="T168" style:parent-style-name="預設段落字型" style:family="text">
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="14pt" style:font-size-asian="14pt" style:font-size-complex="14pt"/>
     </style:style>
     <style:style style:name="T169" style:parent-style-name="預設段落字型" style:family="text">
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="14pt" style:font-size-asian="14pt" style:font-size-complex="14pt"/>
     </style:style>
     <style:style style:name="T170" style:parent-style-name="預設段落字型" style:family="text">
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="14pt" style:font-size-asian="14pt" style:font-size-complex="14pt"/>
     </style:style>
     <style:style style:name="T171" style:parent-style-name="預設段落字型" style:family="text">
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="14pt" style:font-size-asian="14pt" style:font-size-complex="14pt"/>
     </style:style>
     <style:style style:name="T172" style:parent-style-name="預設段落字型" style:family="text">
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="14pt" style:font-size-asian="14pt" style:font-size-complex="14pt"/>
     </style:style>
     <style:style style:name="T173" style:parent-style-name="預設段落字型" style:family="text">
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="14pt" style:font-size-asian="14pt" style:font-size-complex="14pt"/>
     </style:style>
-    <style:style style:name="TableColumn175" style:family="table-column">
+    <style:style style:name="T174" style:parent-style-name="預設段落字型" style:family="text">
+      <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" style:font-weight-complex="bold" fo:font-size="14pt" style:font-size-asian="14pt" style:font-size-complex="14pt"/>
+    </style:style>
+    <style:style style:name="TableColumn176" style:family="table-column">
       <style:table-column-properties style:column-width="1.4673in"/>
     </style:style>
-    <style:style style:name="TableColumn176" style:family="table-column">
+    <style:style style:name="TableColumn177" style:family="table-column">
       <style:table-column-properties style:column-width="2.8791in"/>
     </style:style>
-    <style:style style:name="TableColumn177" style:family="table-column">
+    <style:style style:name="TableColumn178" style:family="table-column">
       <style:table-column-properties style:column-width="2.1736in"/>
     </style:style>
-    <style:style style:name="Table174" style:family="table">
+    <style:style style:name="Table175" style:family="table">
       <style:table-properties style:width="6.5201in" fo:margin-left="0.3333in" table:align="left"/>
     </style:style>
-    <style:style style:name="TableRow178" style:family="table-row">
+    <style:style style:name="TableRow179" style:family="table-row">
       <style:table-row-properties style:min-row-height="0.2291in"/>
     </style:style>
-    <style:style style:name="TableCell179" style:family="table-cell">
-[...20 lines deleted...]
-    <style:style style:name="TableRow185" style:family="table-row">
+    <style:style style:name="TableCell180" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P181" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell182" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P183" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell184" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P185" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableRow186" style:family="table-row">
       <style:table-row-properties style:min-row-height="0.059in"/>
     </style:style>
-    <style:style style:name="TableCell186" style:family="table-cell">
-[...18 lines deleted...]
-      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    <style:style style:name="TableCell187" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P188" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell189" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P190" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell191" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
     </style:style>
     <style:style style:name="P192" style:parent-style-name="Textbody" style:family="paragraph">
       <style:paragraph-properties fo:text-align="justify"/>
       <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
     </style:style>
-    <style:style style:name="TableColumn194" style:family="table-column">
-      <style:table-column-properties style:column-width="1.4673in"/>
+    <style:style style:name="P193" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
     </style:style>
     <style:style style:name="TableColumn195" style:family="table-column">
-      <style:table-column-properties style:column-width="2.9569in"/>
+      <style:table-column-properties style:column-width="0.9791in"/>
     </style:style>
     <style:style style:name="TableColumn196" style:family="table-column">
-      <style:table-column-properties style:column-width="2.0958in"/>
-[...1 lines deleted...]
-    <style:style style:name="Table193" style:family="table">
+      <style:table-column-properties style:column-width="1.0826in"/>
+    </style:style>
+    <style:style style:name="TableColumn197" style:family="table-column">
+      <style:table-column-properties style:column-width="1.1812in"/>
+    </style:style>
+    <style:style style:name="TableColumn198" style:family="table-column">
+      <style:table-column-properties style:column-width="3.277in"/>
+    </style:style>
+    <style:style style:name="Table194" style:family="table">
       <style:table-properties style:width="6.5201in" fo:margin-left="0.3333in" table:align="left"/>
     </style:style>
-    <style:style style:name="TableRow197" style:family="table-row">
+    <style:style style:name="TableRow199" style:family="table-row">
       <style:table-row-properties style:min-row-height="0.2291in"/>
     </style:style>
-    <style:style style:name="TableCell198" style:family="table-cell">
-[...5 lines deleted...]
-    </style:style>
     <style:style style:name="TableCell200" style:family="table-cell">
       <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
     </style:style>
     <style:style style:name="P201" style:parent-style-name="Textbody" style:family="paragraph">
       <style:paragraph-properties fo:text-align="center"/>
       <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
     </style:style>
     <style:style style:name="TableCell202" style:family="table-cell">
-      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
     </style:style>
     <style:style style:name="P203" style:parent-style-name="Textbody" style:family="paragraph">
       <style:paragraph-properties fo:text-align="center"/>
       <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
     </style:style>
-    <style:style style:name="TableRow204" style:family="table-row">
+    <style:style style:name="TableCell204" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.0069in" fo:padding-bottom="0in" fo:padding-right="0.0069in"/>
+    </style:style>
+    <style:style style:name="P205" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell206" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P207" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableRow208" style:family="table-row">
       <style:table-row-properties style:min-row-height="0.059in"/>
     </style:style>
-    <style:style style:name="TableCell205" style:family="table-cell">
-[...12 lines deleted...]
-    </style:style>
     <style:style style:name="TableCell209" style:family="table-cell">
       <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
     </style:style>
     <style:style style:name="P210" style:parent-style-name="Textbody" style:family="paragraph">
-      <style:paragraph-properties fo:text-align="justify"/>
-[...2 lines deleted...]
-    <style:style style:name="TableRow211" style:family="table-row">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell211" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P212" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell213" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.0069in" fo:padding-bottom="0in" fo:padding-right="0.0069in"/>
+    </style:style>
+    <style:style style:name="P214" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell215" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P216" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableRow217" style:family="table-row">
       <style:table-row-properties style:min-row-height="0.059in"/>
     </style:style>
-    <style:style style:name="TableCell212" style:family="table-cell">
-[...20 lines deleted...]
-    <style:style style:name="TableRow218" style:family="table-row">
+    <style:style style:name="TableCell218" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P219" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell220" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P221" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell222" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.0069in" fo:padding-bottom="0in" fo:padding-right="0.0069in"/>
+    </style:style>
+    <style:style style:name="P223" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell224" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P225" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableRow226" style:family="table-row">
       <style:table-row-properties style:min-row-height="0.059in"/>
     </style:style>
-    <style:style style:name="TableCell219" style:family="table-cell">
-[...10 lines deleted...]
-    <style:style style:name="P222" style:parent-style-name="新一" style:family="paragraph">
+    <style:style style:name="TableCell227" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P228" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell229" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P230" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell231" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.0069in" fo:padding-bottom="0in" fo:padding-right="0.0069in"/>
+    </style:style>
+    <style:style style:name="P232" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell233" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P234" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableRow235" style:family="table-row">
+      <style:table-row-properties style:min-row-height="0.059in"/>
+    </style:style>
+    <style:style style:name="TableCell236" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P237" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell238" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P239" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell240" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.0069in" fo:padding-bottom="0in" fo:padding-right="0.0069in"/>
+    </style:style>
+    <style:style style:name="P241" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell242" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P243" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableRow244" style:family="table-row">
+      <style:table-row-properties style:min-row-height="0.059in"/>
+    </style:style>
+    <style:style style:name="TableCell245" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P246" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell247" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P248" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell249" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.0069in" fo:padding-bottom="0in" fo:padding-right="0.0069in"/>
+    </style:style>
+    <style:style style:name="P250" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell251" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P252" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableRow253" style:family="table-row">
+      <style:table-row-properties style:min-row-height="0.059in"/>
+    </style:style>
+    <style:style style:name="TableCell254" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P255" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell256" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P257" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell258" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.0069in" fo:padding-bottom="0in" fo:padding-right="0.0069in"/>
+    </style:style>
+    <style:style style:name="P259" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell260" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P261" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableRow262" style:family="table-row">
+      <style:table-row-properties style:min-row-height="0.059in"/>
+    </style:style>
+    <style:style style:name="TableCell263" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P264" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell265" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P266" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell267" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.0069in" fo:padding-bottom="0in" fo:padding-right="0.0069in"/>
+    </style:style>
+    <style:style style:name="P268" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell269" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P270" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableRow271" style:family="table-row">
+      <style:table-row-properties style:min-row-height="0.059in"/>
+    </style:style>
+    <style:style style:name="TableCell272" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P273" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="center"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell274" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P275" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell276" style:family="table-cell">
+      <style:table-cell-properties fo:border-top="0.0069in solid #000000" fo:border-left="0.0069in solid #000000" fo:border-bottom="0.0069in solid #000000" fo:border-right="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.0069in" fo:padding-bottom="0in" fo:padding-right="0.0069in"/>
+    </style:style>
+    <style:style style:name="P277" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableCell278" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P279" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="TableRow280" style:family="table-row">
+      <style:table-row-properties style:min-row-height="0.059in"/>
+    </style:style>
+    <style:style style:name="TableCell281" style:family="table-cell">
+      <style:table-cell-properties fo:border="0.0069in solid #000000" style:writing-mode="lr-tb" fo:padding-top="0in" fo:padding-left="0.075in" fo:padding-bottom="0in" fo:padding-right="0.075in"/>
+    </style:style>
+    <style:style style:name="P282" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="P283" style:parent-style-name="Textbody" style:family="paragraph">
+      <style:paragraph-properties fo:text-align="justify"/>
+      <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
+    </style:style>
+    <style:style style:name="P284" style:parent-style-name="新一" style:family="paragraph">
       <style:paragraph-properties fo:margin-top="0.125in" fo:line-height="100%" fo:margin-left="0in" fo:margin-right="0.8888in" fo:text-indent="0in">
         <style:tab-stops/>
       </style:paragraph-properties>
       <style:text-properties fo:font-weight="bold" style:font-weight-asian="bold" fo:font-size="16pt" style:font-size-asian="16pt" style:font-size-complex="16pt"/>
     </style:style>
   </office:automatic-styles>
   <office:body>
     <office:text text:use-soft-page-breaks="true">
       <text:p text:style-name="P1">環境部環境管理署</text:p>
       <text:p text:style-name="P2">環境衛生管理資訊系統(ESMS)</text:p>
       <text:p text:style-name="P3">主管機關系統帳號申請表</text:p>
       <text:p text:style-name="P4">
         <text:span text:style-name="T5">填表日期</text:span>
         <text:span text:style-name="T6">：</text:span>
         <text:span text:style-name="T7">
           <text:s text:c="6"/>
         </text:span>
         <text:span text:style-name="T8">年</text:span>
         <text:span text:style-name="T9">
           <text:s text:c="6"/>
         </text:span>
         <text:span text:style-name="T10">月</text:span>
         <text:span text:style-name="T11">
           <text:s text:c="6"/>
         </text:span>
@@ -1238,198 +1451,292 @@
                   <text:p text:style-name="P152">申請類別</text:p>
                 </table:table-cell>
                 <table:table-cell table:style-name="TableCell153">
                   <text:p text:style-name="P154">功能說明</text:p>
                 </table:table-cell>
               </table:table-row>
               <table:table-row table:style-name="TableRow155">
                 <table:table-cell table:style-name="TableCell156">
                   <text:p text:style-name="P157">□</text:p>
                 </table:table-cell>
                 <table:table-cell table:style-name="TableCell158">
                   <text:p text:style-name="P159">病媒蚊(空地空屋)填報作業</text:p>
                 </table:table-cell>
                 <table:table-cell table:style-name="TableCell160">
                   <text:p text:style-name="P161">病媒蚊填報作業</text:p>
                 </table:table-cell>
               </table:table-row>
             </table:table>
             <text:p text:style-name="內文"/>
             <text:list text:style-name="LFO3" text:continue-numbering="true">
               <text:list-item>
                 <text:p text:style-name="P162">
                   <text:span text:style-name="T163">□</text:span>
                   <text:span text:style-name="T164">公廁工程主辦單位權限申請</text:span>
                   <text:span text:style-name="T165">(</text:span>
-                  <text:span text:style-name="T166">請填寫補助年度</text:span>
-[...6 lines deleted...]
-                  <text:span text:style-name="T173">)</text:span>
+                  <text:span text:style-name="T166">請填寫</text:span>
+                  <text:span text:style-name="T167">補助年度</text:span>
+                  <text:span text:style-name="T168">/</text:span>
+                  <text:span text:style-name="T169">縣市別</text:span>
+                  <text:span text:style-name="T170">/</text:span>
+                  <text:span text:style-name="T171">工程編號</text:span>
+                  <text:span text:style-name="T172">/</text:span>
+                  <text:span text:style-name="T173">工程名稱</text:span>
+                  <text:span text:style-name="T174">)</text:span>
                 </text:p>
               </text:list-item>
             </text:list>
-            <table:table table:style-name="Table174">
+            <table:table table:style-name="Table175">
               <table:table-columns>
-                <table:table-column table:style-name="TableColumn175"/>
                 <table:table-column table:style-name="TableColumn176"/>
                 <table:table-column table:style-name="TableColumn177"/>
+                <table:table-column table:style-name="TableColumn178"/>
               </table:table-columns>
-              <table:table-row table:style-name="TableRow178">
-[...7 lines deleted...]
-                  <text:p text:style-name="P184">功能說明</text:p>
+              <table:table-row table:style-name="TableRow179">
+                <table:table-cell table:style-name="TableCell180">
+                  <text:p text:style-name="P181">權限申請</text:p>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell182">
+                  <text:p text:style-name="P183">申請類別</text:p>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell184">
+                  <text:p text:style-name="P185">功能說明</text:p>
                 </table:table-cell>
               </table:table-row>
-              <table:table-row table:style-name="TableRow185">
-[...7 lines deleted...]
-                  <text:p text:style-name="P191">工程進度管控填報</text:p>
+              <table:table-row table:style-name="TableRow186">
+                <table:table-cell table:style-name="TableCell187">
+                  <text:p text:style-name="P188">□</text:p>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell189">
+                  <text:p text:style-name="P190">補助計畫工程進度管控填報</text:p>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell191">
+                  <text:p text:style-name="P192">工程進度管控填報</text:p>
                 </table:table-cell>
               </table:table-row>
             </table:table>
-            <text:p text:style-name="P192"/>
-            <table:table table:style-name="Table193">
+            <text:p text:style-name="P193"/>
+            <table:table table:style-name="Table194">
               <table:table-columns>
-                <table:table-column table:style-name="TableColumn194"/>
                 <table:table-column table:style-name="TableColumn195"/>
                 <table:table-column table:style-name="TableColumn196"/>
+                <table:table-column table:style-name="TableColumn197"/>
+                <table:table-column table:style-name="TableColumn198"/>
               </table:table-columns>
-              <table:table-row table:style-name="TableRow197">
-[...2 lines deleted...]
-                </table:table-cell>
+              <table:table-row table:style-name="TableRow199">
                 <table:table-cell table:style-name="TableCell200">
-                  <text:p text:style-name="P201">工程編號</text:p>
+                  <text:p text:style-name="P201">縣市別</text:p>
                 </table:table-cell>
                 <table:table-cell table:style-name="TableCell202">
-                  <text:p text:style-name="P203">工程名稱</text:p>
+                  <text:p text:style-name="P203">補助年度</text:p>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell204">
+                  <text:p text:style-name="P205">工程編號</text:p>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell206">
+                  <text:p text:style-name="P207">工程名稱</text:p>
                 </table:table-cell>
               </table:table-row>
-              <table:table-row table:style-name="TableRow204">
-[...5 lines deleted...]
-                </table:table-cell>
+              <table:table-row table:style-name="TableRow208">
                 <table:table-cell table:style-name="TableCell209">
                   <text:p text:style-name="P210"/>
                 </table:table-cell>
+                <table:table-cell table:style-name="TableCell211">
+                  <text:p text:style-name="P212"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell213">
+                  <text:p text:style-name="P214"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell215">
+                  <text:p text:style-name="P216"/>
+                </table:table-cell>
               </table:table-row>
-              <table:table-row table:style-name="TableRow211">
-[...7 lines deleted...]
-                  <text:p text:style-name="P217"/>
+              <table:table-row table:style-name="TableRow217">
+                <table:table-cell table:style-name="TableCell218">
+                  <text:p text:style-name="P219"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell220">
+                  <text:p text:style-name="P221"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell222">
+                  <text:p text:style-name="P223"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell224">
+                  <text:p text:style-name="P225"/>
                 </table:table-cell>
               </table:table-row>
-              <table:table-row table:style-name="TableRow218">
-[...2 lines deleted...]
-                </table:table-cell>
+              <table:table-row table:style-name="TableRow226">
+                <table:table-cell table:style-name="TableCell227">
+                  <text:p text:style-name="P228"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell229">
+                  <text:p text:style-name="P230"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell231">
+                  <text:p text:style-name="P232"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell233">
+                  <text:p text:style-name="P234"/>
+                </table:table-cell>
+              </table:table-row>
+              <table:table-row table:style-name="TableRow235">
+                <table:table-cell table:style-name="TableCell236">
+                  <text:p text:style-name="P237"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell238">
+                  <text:p text:style-name="P239"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell240">
+                  <text:p text:style-name="P241"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell242">
+                  <text:p text:style-name="P243"/>
+                </table:table-cell>
+              </table:table-row>
+              <table:table-row table:style-name="TableRow244">
+                <table:table-cell table:style-name="TableCell245">
+                  <text:p text:style-name="P246"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell247">
+                  <text:p text:style-name="P248"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell249">
+                  <text:p text:style-name="P250"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell251">
+                  <text:p text:style-name="P252"/>
+                </table:table-cell>
+              </table:table-row>
+              <table:table-row table:style-name="TableRow253">
+                <table:table-cell table:style-name="TableCell254">
+                  <text:p text:style-name="P255"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell256">
+                  <text:p text:style-name="P257"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell258">
+                  <text:p text:style-name="P259"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell260">
+                  <text:p text:style-name="P261"/>
+                </table:table-cell>
+              </table:table-row>
+              <table:table-row table:style-name="TableRow262">
+                <table:table-cell table:style-name="TableCell263">
+                  <text:p text:style-name="P264"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell265">
+                  <text:p text:style-name="P266"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell267">
+                  <text:p text:style-name="P268"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell269">
+                  <text:p text:style-name="P270"/>
+                </table:table-cell>
+              </table:table-row>
+              <table:table-row table:style-name="TableRow271">
+                <table:table-cell table:style-name="TableCell272">
+                  <text:p text:style-name="P273"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell274">
+                  <text:p text:style-name="P275"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell276">
+                  <text:p text:style-name="P277"/>
+                </table:table-cell>
+                <table:table-cell table:style-name="TableCell278">
+                  <text:p text:style-name="P279"/>
+                </table:table-cell>
+              </table:table-row>
+              <table:table-row table:style-name="TableRow280">
+                <table:table-cell table:style-name="TableCell281" table:number-columns-spanned="4">
+                  <text:p text:style-name="P282">備註:工程主辦單位須填寫補助年度、縣市別、工程編號及工程名稱</text:p>
+                </table:table-cell>
+                <table:covered-table-cell/>
                 <table:covered-table-cell/>
                 <table:covered-table-cell/>
               </table:table-row>
             </table:table>
-            <text:p text:style-name="P221"/>
+            <text:p text:style-name="P283"/>
           </table:table-cell>
         </table:table-row>
       </table:table>
-      <text:p text:style-name="P222"/>
+      <text:p text:style-name="P284"/>
     </office:text>
   </office:body>
 </office:document-content>
 </file>
 
 <file path=meta.xml><?xml version="1.0" encoding="utf-8"?>
-<office:document-meta xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:xlink="http://www.w3.org/1999/xlink" office:version="1.4">
+<office:document-meta xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:xlink="http://www.w3.org/1999/xlink" office:version="1.2">
   <office:meta>
     <meta:generator>MicrosoftOffice/15.0 MicrosoftWord</meta:generator>
     <dc:title>「資源回收業(站點)登記服務管理系統」主管機關端帳號申請流程</dc:title>
     <dc:description/>
     <dc:subject/>
     <meta:initial-creator>helena27877</meta:initial-creator>
-    <dc:creator>YiFan 信諾</dc:creator>
-[...1 lines deleted...]
-    <dc:date>2025-07-16T05:45:00Z</dc:date>
+    <dc:creator>rachel lu</dc:creator>
+    <meta:creation-date>2025-10-31T08:20:00Z</meta:creation-date>
+    <dc:date>2025-10-31T08:32:00Z</dc:date>
     <meta:template xlink:href="Normal" xlink:type="simple"/>
-    <meta:editing-cycles>3</meta:editing-cycles>
-[...1 lines deleted...]
-    <meta:document-statistic meta:page-count="2" meta:paragraph-count="1" meta:word-count="141" meta:character-count="948" meta:row-count="6" meta:non-whitespace-character-count="808"/>
+    <meta:editing-cycles>4</meta:editing-cycles>
+    <meta:editing-duration>PT1380S</meta:editing-duration>
+    <meta:document-statistic meta:page-count="2" meta:paragraph-count="1" meta:word-count="147" meta:character-count="984" meta:row-count="6" meta:non-whitespace-character-count="838"/>
   </office:meta>
 </office:document-meta>
 </file>
 
 <file path=settings.xml><?xml version="1.0" encoding="utf-8"?>
-<office:document-settings xmlns:anim="urn:oasis:names:tc:opendocument:xmlns:animation:1.0" xmlns:chart="urn:oasis:names:tc:opendocument:xmlns:chart:1.0" xmlns:config="urn:oasis:names:tc:opendocument:xmlns:config:1.0" xmlns:db="urn:oasis:names:tc:opendocument:xmlns:database:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dr3d="urn:oasis:names:tc:opendocument:xmlns:dr3d:1.0" xmlns:draw="urn:oasis:names:tc:opendocument:xmlns:drawing:1.0" xmlns:fo="urn:oasis:names:tc:opendocument:xmlns:xsl-fo-compatible:1.0" xmlns:form="urn:oasis:names:tc:opendocument:xmlns:form:1.0" xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:math="http://www.w3.org/1998/Math/MathML" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:number="urn:oasis:names:tc:opendocument:xmlns:datastyle:1.0" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" xmlns:presentation="urn:oasis:names:tc:opendocument:xmlns:presentation:1.0" xmlns:script="urn:oasis:names:tc:opendocument:xmlns:script:1.0" xmlns:smil="urn:oasis:names:tc:opendocument:xmlns:smil-compatible:1.0" xmlns:style="urn:oasis:names:tc:opendocument:xmlns:style:1.0" xmlns:svg="urn:oasis:names:tc:opendocument:xmlns:svg-compatible:1.0" xmlns:table="urn:oasis:names:tc:opendocument:xmlns:table:1.0" xmlns:text="urn:oasis:names:tc:opendocument:xmlns:text:1.0" xmlns:xforms="http://www.w3.org/2002/xforms" xmlns:xhtml="http://www.w3.org/1999/xhtml" xmlns:xlink="http://www.w3.org/1999/xlink" office:version="1.4"/>
+<office:document-settings xmlns:anim="urn:oasis:names:tc:opendocument:xmlns:animation:1.0" xmlns:chart="urn:oasis:names:tc:opendocument:xmlns:chart:1.0" xmlns:config="urn:oasis:names:tc:opendocument:xmlns:config:1.0" xmlns:db="urn:oasis:names:tc:opendocument:xmlns:database:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dr3d="urn:oasis:names:tc:opendocument:xmlns:dr3d:1.0" xmlns:draw="urn:oasis:names:tc:opendocument:xmlns:drawing:1.0" xmlns:fo="urn:oasis:names:tc:opendocument:xmlns:xsl-fo-compatible:1.0" xmlns:form="urn:oasis:names:tc:opendocument:xmlns:form:1.0" xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:math="http://www.w3.org/1998/Math/MathML" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:number="urn:oasis:names:tc:opendocument:xmlns:datastyle:1.0" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" xmlns:presentation="urn:oasis:names:tc:opendocument:xmlns:presentation:1.0" xmlns:script="urn:oasis:names:tc:opendocument:xmlns:script:1.0" xmlns:smil="urn:oasis:names:tc:opendocument:xmlns:smil-compatible:1.0" xmlns:style="urn:oasis:names:tc:opendocument:xmlns:style:1.0" xmlns:svg="urn:oasis:names:tc:opendocument:xmlns:svg-compatible:1.0" xmlns:table="urn:oasis:names:tc:opendocument:xmlns:table:1.0" xmlns:text="urn:oasis:names:tc:opendocument:xmlns:text:1.0" xmlns:xforms="http://www.w3.org/2002/xforms" xmlns:xhtml="http://www.w3.org/1999/xhtml" xmlns:xlink="http://www.w3.org/1999/xlink" office:version="1.2"/>
 </file>
 
 <file path=styles.xml><?xml version="1.0" encoding="utf-8"?>
-<office:document-styles xmlns:anim="urn:oasis:names:tc:opendocument:xmlns:animation:1.0" xmlns:chart="urn:oasis:names:tc:opendocument:xmlns:chart:1.0" xmlns:config="urn:oasis:names:tc:opendocument:xmlns:config:1.0" xmlns:db="urn:oasis:names:tc:opendocument:xmlns:database:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dr3d="urn:oasis:names:tc:opendocument:xmlns:dr3d:1.0" xmlns:draw="urn:oasis:names:tc:opendocument:xmlns:drawing:1.0" xmlns:fo="urn:oasis:names:tc:opendocument:xmlns:xsl-fo-compatible:1.0" xmlns:form="urn:oasis:names:tc:opendocument:xmlns:form:1.0" xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:math="http://www.w3.org/1998/Math/MathML" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:number="urn:oasis:names:tc:opendocument:xmlns:datastyle:1.0" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" xmlns:presentation="urn:oasis:names:tc:opendocument:xmlns:presentation:1.0" xmlns:script="urn:oasis:names:tc:opendocument:xmlns:script:1.0" xmlns:smil="urn:oasis:names:tc:opendocument:xmlns:smil-compatible:1.0" xmlns:style="urn:oasis:names:tc:opendocument:xmlns:style:1.0" xmlns:svg="urn:oasis:names:tc:opendocument:xmlns:svg-compatible:1.0" xmlns:table="urn:oasis:names:tc:opendocument:xmlns:table:1.0" xmlns:text="urn:oasis:names:tc:opendocument:xmlns:text:1.0" xmlns:xforms="http://www.w3.org/2002/xforms" xmlns:xhtml="http://www.w3.org/1999/xhtml" xmlns:xlink="http://www.w3.org/1999/xlink" office:version="1.4">
+<office:document-styles xmlns:anim="urn:oasis:names:tc:opendocument:xmlns:animation:1.0" xmlns:chart="urn:oasis:names:tc:opendocument:xmlns:chart:1.0" xmlns:config="urn:oasis:names:tc:opendocument:xmlns:config:1.0" xmlns:db="urn:oasis:names:tc:opendocument:xmlns:database:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dr3d="urn:oasis:names:tc:opendocument:xmlns:dr3d:1.0" xmlns:draw="urn:oasis:names:tc:opendocument:xmlns:drawing:1.0" xmlns:fo="urn:oasis:names:tc:opendocument:xmlns:xsl-fo-compatible:1.0" xmlns:form="urn:oasis:names:tc:opendocument:xmlns:form:1.0" xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:math="http://www.w3.org/1998/Math/MathML" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:number="urn:oasis:names:tc:opendocument:xmlns:datastyle:1.0" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" xmlns:presentation="urn:oasis:names:tc:opendocument:xmlns:presentation:1.0" xmlns:script="urn:oasis:names:tc:opendocument:xmlns:script:1.0" xmlns:smil="urn:oasis:names:tc:opendocument:xmlns:smil-compatible:1.0" xmlns:style="urn:oasis:names:tc:opendocument:xmlns:style:1.0" xmlns:svg="urn:oasis:names:tc:opendocument:xmlns:svg-compatible:1.0" xmlns:table="urn:oasis:names:tc:opendocument:xmlns:table:1.0" xmlns:text="urn:oasis:names:tc:opendocument:xmlns:text:1.0" xmlns:xforms="http://www.w3.org/2002/xforms" xmlns:xhtml="http://www.w3.org/1999/xhtml" xmlns:xlink="http://www.w3.org/1999/xlink" office:version="1.2">
   <office:font-face-decls>
     <style:font-face style:name="Times New Roman" svg:font-family="Times New Roman" style:font-family-generic="roman" style:font-pitch="variable" svg:panose-1="2 2 6 3 5 4 5 2 3 4"/>
     <style:font-face style:name="新細明體" svg:font-family="新細明體" style:font-family-generic="roman" style:font-pitch="variable" svg:panose-1="2 2 5 0 0 0 0 0 0 0"/>
     <style:font-face style:name="標楷體" svg:font-family="標楷體" style:font-family-generic="script" style:font-pitch="fixed" svg:panose-1="3 0 5 9 0 0 0 0 0 0"/>
     <style:font-face style:name="Wingdings" style:font-charset="x-symbol" svg:font-family="Wingdings" style:font-family-generic="system" style:font-pitch="variable" svg:panose-1="5 0 0 0 0 0 0 0 0 0"/>
-    <style:font-face style:name="Aptos Display" svg:font-family="Aptos Display" style:font-family-generic="swiss" style:font-pitch="variable"/>
-    <style:font-face style:name="Aptos" svg:font-family="Aptos" style:font-family-generic="swiss" style:font-pitch="variable"/>
+    <style:font-face style:name="Calibri Light" svg:font-family="Calibri Light" style:font-family-generic="swiss" style:font-pitch="variable" svg:panose-1="2 15 3 2 2 2 4 3 2 4"/>
+    <style:font-face style:name="Calibri" svg:font-family="Calibri" style:font-family-generic="swiss" style:font-pitch="variable" svg:panose-1="2 15 5 2 2 2 4 3 2 4"/>
   </office:font-face-decls>
   <office:styles>
     <style:default-style style:family="table">
       <style:table-properties fo:margin-left="0in" table:border-model="collapsing" style:writing-mode="lr-tb" table:align="left"/>
     </style:default-style>
     <style:default-style style:family="table-column">
       <style:table-column-properties style:use-optimal-column-width="true"/>
     </style:default-style>
     <style:default-style style:family="table-row">
       <style:table-row-properties style:min-row-height="0in" style:use-optimal-row-height="true" fo:keep-together="auto"/>
     </style:default-style>
     <style:default-style style:family="table-cell">
       <style:table-cell-properties fo:background-color="transparent" style:glyph-orientation-vertical="auto" style:vertical-align="top" fo:wrap-option="wrap"/>
     </style:default-style>
     <style:default-style style:family="paragraph">
-      <style:paragraph-properties fo:keep-with-next="auto" fo:keep-together="auto" fo:widows="2" fo:orphans="2" fo:break-before="auto" text:number-lines="true" fo:border="none" fo:padding="0in" style:shadow="none" style:line-break="strict" style:punctuation-wrap="hanging" style:text-autospace="ideograph-alpha" style:snap-to-layout-grid="true" style:contextual-spacing="false" fo:text-align="start" style:writing-mode="lr-tb" fo:line-height="100%" fo:background-color="transparent" style:tab-stop-distance="0.3333in">
-[...1 lines deleted...]
-      </style:paragraph-properties>
+      <style:paragraph-properties fo:keep-with-next="auto" fo:keep-together="auto" fo:widows="2" fo:orphans="2" fo:break-before="auto" text:number-lines="true" fo:border="none" fo:padding="0in" style:shadow="none" style:line-break="strict" style:punctuation-wrap="hanging" style:text-autospace="ideograph-alpha" style:snap-to-layout-grid="true" fo:text-align="start" style:writing-mode="lr-tb" style:vertical-align="baseline" fo:line-height="100%" fo:background-color="transparent" style:tab-stop-distance="0.3333in"/>
       <style:text-properties style:font-name="Times New Roman" style:font-name-asian="新細明體" style:font-name-complex="Times New Roman" fo:font-weight="normal" style:font-weight-asian="normal" style:font-weight-complex="normal" fo:font-style="normal" style:font-style-asian="normal" style:font-style-complex="normal" fo:text-transform="none" fo:font-variant="normal" style:text-line-through-type="none" style:text-outline="false" style:font-relief="none" style:use-window-font-color="true" fo:letter-spacing="normal" style:text-scale="100%" style:letter-kerning="false" style:text-position="0% 100%" fo:font-size="10pt" style:font-size-asian="10pt" style:font-size-complex="10pt" fo:background-color="transparent" style:text-underline-type="none" style:text-underline-color="font-color" style:text-emphasize="none" fo:language="en" fo:country="US" style:language-asian="zh" style:country-asian="TW" style:language-complex="ar" style:country-complex="SA" style:text-combine="none" fo:hyphenate="true"/>
     </style:default-style>
     <style:style style:name="內文" style:display-name="內文" style:family="paragraph">
       <style:paragraph-properties fo:widows="0" fo:orphans="0"/>
       <style:text-properties fo:hyphenate="true"/>
     </style:style>
     <style:style style:name="預設段落字型" style:display-name="預設段落字型" style:family="text"/>
     <style:style style:name="Standard" style:display-name="Standard" style:family="paragraph">
       <style:text-properties fo:hyphenate="true"/>
     </style:style>
     <style:style style:name="Textbody" style:display-name="Text body" style:family="paragraph">
       <style:paragraph-properties fo:widows="0" fo:orphans="0"/>
       <style:text-properties style:font-name-asian="標楷體" style:letter-kerning="true" fo:hyphenate="false"/>
     </style:style>
     <style:style style:name="新一內文" style:display-name="(新)一、內文" style:family="paragraph" style:parent-style-name="本文縮排">
       <style:paragraph-properties style:snap-to-layout-grid="false" fo:text-align="justify" fo:margin-bottom="0in" fo:line-height="0.3055in" fo:margin-left="0.2604in" fo:text-indent="0.1388in">
         <style:tab-stops/>
       </style:paragraph-properties>
       <style:text-properties style:font-weight-complex="bold" style:letter-kerning="false" fo:font-size="14pt" style:font-size-asian="14pt" style:font-size-complex="14pt" fo:hyphenate="false"/>
     </style:style>
     <style:style style:name="本文縮排" style:display-name="本文縮排" style:family="paragraph" style:parent-style-name="Textbody">
       <style:paragraph-properties fo:margin-bottom="0.0833in" fo:margin-left="0.3333in">
         <style:tab-stops/>
       </style:paragraph-properties>
       <style:text-properties fo:hyphenate="false"/>
@@ -1523,143 +1830,143 @@
       <style:text-properties style:font-name="Wingdings"/>
     </style:style>
     <style:style style:name="WW_CharLFO3LVL4" style:family="text">
       <style:text-properties style:font-name="Wingdings"/>
     </style:style>
     <style:style style:name="WW_CharLFO3LVL5" style:family="text">
       <style:text-properties style:font-name="Wingdings"/>
     </style:style>
     <style:style style:name="WW_CharLFO3LVL6" style:family="text">
       <style:text-properties style:font-name="Wingdings"/>
     </style:style>
     <style:style style:name="WW_CharLFO3LVL7" style:family="text">
       <style:text-properties style:font-name="Wingdings"/>
     </style:style>
     <style:style style:name="WW_CharLFO3LVL8" style:family="text">
       <style:text-properties style:font-name="Wingdings"/>
     </style:style>
     <style:style style:name="WW_CharLFO3LVL9" style:family="text">
       <style:text-properties style:font-name="Wingdings"/>
     </style:style>
     <style:default-page-layout>
       <style:page-layout-properties style:layout-grid-standard-mode="true"/>
     </style:default-page-layout>
     <style:style style:family="graphic" style:name="Graphics"/>
     <style:default-style style:family="graphic">
-      <style:graphic-properties draw:fill="solid" draw:fill-color="#156082" draw:opacity="100%" draw:stroke="solid" svg:stroke-width="0.01389in" svg:stroke-color="#042433" svg:stroke-opacity="100%" draw:stroke-linejoin="miter" svg:stroke-linecap="butt"/>
+      <style:graphic-properties draw:fill="solid" draw:fill-color="#4472c4" draw:opacity="100%" draw:stroke="solid" svg:stroke-width="0.01389in" svg:stroke-color="#172c51" svg:stroke-opacity="100%" draw:stroke-linejoin="miter" svg:stroke-linecap="butt"/>
     </style:default-style>
   </office:styles>
   <office:automatic-styles>
     <text:list-style style:name="LFO1">
-      <text:list-level-style-number text:level="1" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="1" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="0in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="2" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="2" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="0.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="3" text:style-name="WW_CharLFO1LVL3" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="3" text:style-name="WW_CharLFO1LVL3" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="0.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="4" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="4" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="1in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="5" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="5" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="1.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="6" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="i">
+      <text:list-level-style-number text:level="6" style:num-suffix="." style:num-format="i">
         <style:list-level-properties fo:text-align="end" text:space-before="1.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="7" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="7" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="2in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="8" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="8" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="2.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="9" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="i">
+      <text:list-level-style-number text:level="9" style:num-suffix="." style:num-format="i">
         <style:list-level-properties fo:text-align="end" text:space-before="2.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="3in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
     </text:list-style>
     <text:list-style style:name="LFO2">
-      <text:list-level-style-number text:level="1" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="1" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="0in" text:min-label-width="0.1576in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.1576in" fo:text-indent="-0.1576in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="2" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="2" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="0.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="3" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="i">
+      <text:list-level-style-number text:level="3" style:num-suffix="." style:num-format="i">
         <style:list-level-properties fo:text-align="end" text:space-before="0.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="4" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="4" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="1in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="5" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="5" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="1.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="6" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="i">
+      <text:list-level-style-number text:level="6" style:num-suffix="." style:num-format="i">
         <style:list-level-properties fo:text-align="end" text:space-before="1.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="7" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="1">
+      <text:list-level-style-number text:level="7" style:num-suffix="." style:num-format="1">
         <style:list-level-properties text:space-before="2in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="8" style:num-suffix="、" style:num-list-format-name="NLF0" style:num-format="甲, 乙, 丙, ...">
+      <text:list-level-style-number text:level="8" style:num-suffix="、" style:num-format="甲, 乙, 丙, ...">
         <style:list-level-properties text:space-before="2.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
-      <text:list-level-style-number text:level="9" style:num-suffix="." style:num-list-format-name="NLF0" style:num-format="i">
+      <text:list-level-style-number text:level="9" style:num-suffix="." style:num-format="i">
         <style:list-level-properties fo:text-align="end" text:space-before="2.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="3in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
       </text:list-level-style-number>
     </text:list-style>
     <text:list-style style:name="LFO3">
       <text:list-level-style-bullet text:level="1" text:style-name="WW_CharLFO3LVL1" text:bullet-char="">
         <style:list-level-properties text:space-before="0in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
         <style:text-properties style:font-name="Wingdings"/>
       </text:list-level-style-bullet>
       <text:list-level-style-bullet text:level="2" text:style-name="WW_CharLFO3LVL2" text:bullet-char="">
         <style:list-level-properties text:space-before="0.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="0.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
         <style:text-properties style:font-name="Wingdings"/>
       </text:list-level-style-bullet>
       <text:list-level-style-bullet text:level="3" text:style-name="WW_CharLFO3LVL3" text:bullet-char="">
         <style:list-level-properties text:space-before="0.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="1in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
         <style:text-properties style:font-name="Wingdings"/>
       </text:list-level-style-bullet>
       <text:list-level-style-bullet text:level="4" text:style-name="WW_CharLFO3LVL4" text:bullet-char="">
@@ -1677,70 +1984,50 @@
       <text:list-level-style-bullet text:level="6" text:style-name="WW_CharLFO3LVL6" text:bullet-char="">
         <style:list-level-properties text:space-before="1.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
         <style:text-properties style:font-name="Wingdings"/>
       </text:list-level-style-bullet>
       <text:list-level-style-bullet text:level="7" text:style-name="WW_CharLFO3LVL7" text:bullet-char="">
         <style:list-level-properties text:space-before="2in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2.3333in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
         <style:text-properties style:font-name="Wingdings"/>
       </text:list-level-style-bullet>
       <text:list-level-style-bullet text:level="8" text:style-name="WW_CharLFO3LVL8" text:bullet-char="">
         <style:list-level-properties text:space-before="2.3333in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="2.6666in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
         <style:text-properties style:font-name="Wingdings"/>
       </text:list-level-style-bullet>
       <text:list-level-style-bullet text:level="9" text:style-name="WW_CharLFO3LVL9" text:bullet-char="">
         <style:list-level-properties text:space-before="2.6666in" text:min-label-width="0.3333in" text:list-level-position-and-space-mode="label-alignment">
           <style:list-level-label-alignment text:label-followed-by="listtab" fo:margin-left="3in" fo:text-indent="-0.3333in"/>
         </style:list-level-properties>
         <style:text-properties style:font-name="Wingdings"/>
       </text:list-level-style-bullet>
     </text:list-style>
-    <number:num-list-format style:name="NLF0">
-[...18 lines deleted...]
-    </number:num-list-format>
     <style:page-layout style:name="PL0">
       <style:page-layout-properties fo:page-width="8.268in" fo:page-height="11.693in" style:print-orientation="portrait" fo:margin-top="0.5in" fo:margin-left="0.3937in" fo:margin-bottom="0.6888in" fo:margin-right="0.2944in" style:num-format="1" style:writing-mode="lr-tb" style:layout-grid-mode="line" style:layout-grid-lines="25" style:layout-grid-base-width="0in">
         <style:footnote-sep style:width="0.007in" style:rel-width="33%" style:color="#000000" style:line-style="solid" style:adjustment="left"/>
       </style:page-layout-properties>
       <style:header-style>
         <style:header-footer-properties style:dynamic-spacing="true" fo:min-height="0.0909in"/>
       </style:header-style>
       <style:footer-style>
         <style:header-footer-properties style:dynamic-spacing="true" fo:min-height="-0.2951in"/>
       </style:footer-style>
     </style:page-layout>
     <style:style style:family="graphic" style:name="a0" style:parent-style-name="Graphics">
       <style:graphic-properties fo:wrap-option="wrap" fo:border="0.01042in none" fo:padding-top="0in" fo:padding-bottom="0in" fo:padding-left="0in" fo:padding-right="0in" fo:background-color="transparent" draw:textarea-vertical-align="top" draw:textarea-horizontal-align="left" style:wrap="parallel" style:wrap-contour="false" style:horizontal-rel="page-content" style:vertical-rel="paragraph" style:horizontal-pos="center" style:vertical-pos="from-top" draw:auto-grow-width="false" draw:auto-grow-height="false"/>
       <style:paragraph-properties style:font-independent-line-spacing="false" style:writing-mode="lr-tb"/>
     </style:style>
   </office:automatic-styles>
   <office:master-styles>
     <style:master-page style:name="MP0" style:page-layout-name="PL0">
       <style:footer>
         <text:p text:style-name="頁尾">
           <draw:frame draw:z-index="251659264" draw:id="id0" draw:style-name="a0" draw:name="文字方塊 1" text:anchor-type="paragraph" svg:x="0in" svg:y="0.00079in" svg:width="0.01528in" svg:height="0in" style:rel-width="scale" style:rel-height="scale">
             <draw:text-box>
               <text:p text:style-name="頁尾">
                 <text:span text:style-name="頁碼">
                   <text:page-number text:fixed="false">2</text:page-number>